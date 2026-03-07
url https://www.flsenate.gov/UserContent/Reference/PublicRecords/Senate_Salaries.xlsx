--- v0 (2026-01-04)
+++ v1 (2026-03-07)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="671">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="681" uniqueCount="681">
   <si>
     <t>Salaries for All Senate Employees</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Salary</t>
   </si>
   <si>
     <t>Abrahantes-Velasco</t>
   </si>
   <si>
     <t>Marlen</t>
   </si>
   <si>
     <t>Al-Asadi</t>
   </si>
   <si>
     <t>Anhar</t>
   </si>
   <si>
@@ -143,530 +143,539 @@
   <si>
     <t>Baird</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>Barr</t>
   </si>
   <si>
     <t>Cynthia</t>
   </si>
   <si>
     <t>Barriero</t>
   </si>
   <si>
     <t>Janelle</t>
   </si>
   <si>
     <t>Barrow</t>
   </si>
   <si>
     <t>Xuripha</t>
   </si>
   <si>
-    <t>Bass</t>
+    <t>Becker</t>
+  </si>
+  <si>
+    <t>Katherine</t>
+  </si>
+  <si>
+    <t>Bell-Parke</t>
+  </si>
+  <si>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>Bellamy</t>
+  </si>
+  <si>
+    <t>Jonothan</t>
+  </si>
+  <si>
+    <t>Berman</t>
+  </si>
+  <si>
+    <t>Lori</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>Mackenson</t>
+  </si>
+  <si>
+    <t>Bessey</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Betta</t>
+  </si>
+  <si>
+    <t>Giovanni</t>
+  </si>
+  <si>
+    <t>Biehl</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>Timisha</t>
+  </si>
+  <si>
+    <t>Bolduc</t>
+  </si>
+  <si>
+    <t>Ann</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>Bonn</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Boswell</t>
+  </si>
+  <si>
+    <t>Reagan</t>
+  </si>
+  <si>
+    <t>Bouck</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Bowdry</t>
+  </si>
+  <si>
+    <t>Learion</t>
+  </si>
+  <si>
+    <t>Lebaron</t>
+  </si>
+  <si>
+    <t>Boyd</t>
+  </si>
+  <si>
+    <t>Boyer</t>
+  </si>
+  <si>
+    <t>Britteny</t>
+  </si>
+  <si>
+    <t>Bracy Davis</t>
+  </si>
+  <si>
+    <t>LaVon</t>
+  </si>
+  <si>
+    <t>Bradley</t>
+  </si>
+  <si>
+    <t>Jennifer</t>
+  </si>
+  <si>
+    <t>Brass</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Breeden</t>
+  </si>
+  <si>
+    <t>Ronald</t>
+  </si>
+  <si>
+    <t>Brick</t>
+  </si>
+  <si>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>Brinson</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Briones</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Brodeur</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>Jermaine</t>
+  </si>
+  <si>
+    <t>Bruno</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Bryant</t>
+  </si>
+  <si>
+    <t>Brenda</t>
+  </si>
+  <si>
+    <t>Bunton</t>
+  </si>
+  <si>
+    <t>LeAnn</t>
+  </si>
+  <si>
+    <t>Burgess</t>
+  </si>
+  <si>
+    <t>Burns</t>
+  </si>
+  <si>
+    <t>Dana</t>
+  </si>
+  <si>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>Colleen</t>
+  </si>
+  <si>
+    <t>Byrd</t>
+  </si>
+  <si>
+    <t>Marina</t>
+  </si>
+  <si>
+    <t>Calatayud</t>
+  </si>
+  <si>
+    <t>Alexis</t>
+  </si>
+  <si>
+    <t>Cantella</t>
+  </si>
+  <si>
+    <t>Tracy</t>
+  </si>
+  <si>
+    <t>Canty</t>
+  </si>
+  <si>
+    <t>Amaura</t>
+  </si>
+  <si>
+    <t>Cariota</t>
+  </si>
+  <si>
+    <t>Teresa</t>
+  </si>
+  <si>
+    <t>Carper</t>
+  </si>
+  <si>
+    <t>Nicholas</t>
+  </si>
+  <si>
+    <t>Carroll</t>
+  </si>
+  <si>
+    <t>Carter</t>
+  </si>
+  <si>
+    <t>Lucy</t>
+  </si>
+  <si>
+    <t>Cellon</t>
+  </si>
+  <si>
+    <t>Connie</t>
+  </si>
+  <si>
+    <t>Centers</t>
+  </si>
+  <si>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>Sonya</t>
+  </si>
+  <si>
+    <t>Chesnut</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Cibula</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Clark</t>
+  </si>
+  <si>
+    <t>Sheila</t>
+  </si>
+  <si>
+    <t>Cleary</t>
+  </si>
+  <si>
+    <t>Coccia</t>
+  </si>
+  <si>
+    <t>Coffee</t>
+  </si>
+  <si>
+    <t>Ella</t>
+  </si>
+  <si>
+    <t>Cohen</t>
+  </si>
+  <si>
+    <t>Shayna</t>
+  </si>
+  <si>
+    <t>Collazo</t>
+  </si>
+  <si>
+    <t>Miguel</t>
+  </si>
+  <si>
+    <t>Collazo Cruz</t>
+  </si>
+  <si>
+    <t>Jorge</t>
+  </si>
+  <si>
+    <t>Colletti</t>
+  </si>
+  <si>
+    <t>Lauren</t>
+  </si>
+  <si>
+    <t>Conlan</t>
+  </si>
+  <si>
+    <t>Ashley Brooke</t>
+  </si>
+  <si>
+    <t>Crawford</t>
+  </si>
+  <si>
+    <t>Lindsay</t>
+  </si>
+  <si>
+    <t>Curbow</t>
+  </si>
+  <si>
+    <t>Danielle</t>
+  </si>
+  <si>
+    <t>Cyr</t>
+  </si>
+  <si>
+    <t>Tobey</t>
+  </si>
+  <si>
+    <t>Dailey</t>
+  </si>
+  <si>
+    <t>Daniels</t>
+  </si>
+  <si>
+    <t>Datres</t>
+  </si>
+  <si>
+    <t>Susan</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>Mikalla</t>
+  </si>
+  <si>
+    <t>Tracie</t>
+  </si>
+  <si>
+    <t>DeBow</t>
+  </si>
+  <si>
+    <t>Denise</t>
+  </si>
+  <si>
+    <t>Dennis</t>
+  </si>
+  <si>
+    <t>Debbie</t>
+  </si>
+  <si>
+    <t>Denny</t>
+  </si>
+  <si>
+    <t>Evan</t>
+  </si>
+  <si>
+    <t>Denson</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>DiCeglie</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Dike</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>Donaldson</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
-    <t>Becker</t>
-[...394 lines deleted...]
-  <si>
     <t>Donovan</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Doster</t>
   </si>
   <si>
     <t>Micah</t>
   </si>
   <si>
     <t>Druckman</t>
   </si>
   <si>
     <t>Zoraida</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Zoe</t>
   </si>
   <si>
     <t>Duplecy</t>
   </si>
   <si>
     <t>J Evelyn</t>
   </si>
   <si>
     <t>Edwards</t>
   </si>
   <si>
     <t>Elwell</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Endress</t>
   </si>
   <si>
+    <t>Etchberger</t>
+  </si>
+  <si>
+    <t>Zachary</t>
+  </si>
+  <si>
+    <t>Fay</t>
+  </si>
+  <si>
+    <t>Aubrey</t>
+  </si>
+  <si>
     <t>Ferrin</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>Figueroa</t>
   </si>
   <si>
     <t>Cecilia</t>
   </si>
   <si>
     <t>Fincher</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Fiore</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Fleming</t>
   </si>
   <si>
     <t>Flinn</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
-    <t>Kayla</t>
-[...1 lines deleted...]
-  <si>
     <t>Freeman</t>
   </si>
   <si>
     <t>Kerrington</t>
   </si>
   <si>
     <t>Freyman</t>
   </si>
   <si>
     <t>Kylie</t>
   </si>
   <si>
     <t>Frier</t>
   </si>
   <si>
     <t>Nancy</t>
   </si>
   <si>
     <t>Fuller</t>
   </si>
   <si>
     <t>Frank</t>
   </si>
   <si>
     <t>Fumarola</t>
@@ -773,104 +782,104 @@
   <si>
     <t>Corrie</t>
   </si>
   <si>
     <t>Grace</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Grae</t>
   </si>
   <si>
     <t>Tanya</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Lois</t>
   </si>
   <si>
     <t>Grall</t>
   </si>
   <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>Jerrick</t>
+  </si>
+  <si>
     <t>Gras</t>
   </si>
   <si>
     <t>Troy</t>
   </si>
   <si>
     <t>Gray</t>
   </si>
   <si>
     <t>Heather</t>
   </si>
   <si>
     <t>Green</t>
   </si>
   <si>
     <t>Sheri</t>
   </si>
   <si>
     <t>Griffin</t>
   </si>
   <si>
     <t>Griffith</t>
   </si>
   <si>
     <t>Albert</t>
   </si>
   <si>
     <t>Grimes</t>
   </si>
   <si>
     <t>Michele</t>
   </si>
   <si>
     <t>Gross</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Gruters</t>
   </si>
   <si>
     <t>Guasch</t>
   </si>
   <si>
     <t>Susana</t>
   </si>
   <si>
-    <t>Gutierrez</t>
-[...4 lines deleted...]
-  <si>
     <t>Guy</t>
   </si>
   <si>
     <t>Aline</t>
   </si>
   <si>
     <t>Guzman</t>
   </si>
   <si>
     <t>Omayra</t>
   </si>
   <si>
     <t>Hackett</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>Hall</t>
   </si>
   <si>
     <t>Halley</t>
   </si>
   <si>
     <t>Mark</t>
@@ -902,71 +911,65 @@
   <si>
     <t>Harrell</t>
   </si>
   <si>
     <t>Gayle</t>
   </si>
   <si>
     <t>Zane</t>
   </si>
   <si>
     <t>Harris</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>Harrison</t>
   </si>
   <si>
     <t>Patty</t>
   </si>
   <si>
     <t>Hartman</t>
   </si>
   <si>
-    <t>Harvey</t>
-[...10 lines deleted...]
-  <si>
     <t>Hayden</t>
   </si>
   <si>
     <t>Hayes</t>
   </si>
   <si>
     <t>Renita</t>
   </si>
   <si>
+    <t>Hembree</t>
+  </si>
+  <si>
+    <t>Smyra E</t>
+  </si>
+  <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Georgiana</t>
   </si>
   <si>
     <t>Herring</t>
   </si>
   <si>
     <t>Cedric</t>
   </si>
   <si>
     <t>Herschel</t>
   </si>
   <si>
     <t>Hill</t>
   </si>
   <si>
     <t>Mandy</t>
   </si>
   <si>
     <t>Hilt</t>
   </si>
   <si>
     <t>Kevin</t>
@@ -1034,56 +1037,50 @@
   <si>
     <t>Tabitha</t>
   </si>
   <si>
     <t>Imhof</t>
   </si>
   <si>
     <t>Ingram</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Joana</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>Jahnke</t>
   </si>
   <si>
     <t>Kendra</t>
   </si>
   <si>
-    <t>Jain</t>
-[...4 lines deleted...]
-  <si>
     <t>Jarmon</t>
   </si>
   <si>
     <t>Darryl</t>
   </si>
   <si>
     <t>Jenkins</t>
   </si>
   <si>
     <t>Danel</t>
   </si>
   <si>
     <t>Johnson</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
     <t>Shevrin</t>
   </si>
   <si>
     <t>Kabbej</t>
@@ -1250,50 +1247,62 @@
   <si>
     <t>Manias</t>
   </si>
   <si>
     <t>Marriaga</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
     <t>Savannah</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Luis</t>
   </si>
   <si>
+    <t>Martinez Gonzalez</t>
+  </si>
+  <si>
+    <t>Lizbeth</t>
+  </si>
+  <si>
+    <t>Massullo</t>
+  </si>
+  <si>
+    <t>Ralph</t>
+  </si>
+  <si>
     <t>Mathews</t>
   </si>
   <si>
     <t>Audrey</t>
   </si>
   <si>
     <t>Mathis</t>
   </si>
   <si>
     <t>Ezujuan</t>
   </si>
   <si>
     <t>Maxwell</t>
   </si>
   <si>
     <t>Holly</t>
   </si>
   <si>
     <t>Mayfield</t>
   </si>
   <si>
     <t>Deborah</t>
   </si>
   <si>
     <t>McClain</t>
@@ -1337,137 +1346,143 @@
   <si>
     <t>McVaney</t>
   </si>
   <si>
     <t>Medley Prewitt</t>
   </si>
   <si>
     <t>Lara</t>
   </si>
   <si>
     <t>Meyer</t>
   </si>
   <si>
     <t>Reynold</t>
   </si>
   <si>
     <t>Mielke</t>
   </si>
   <si>
     <t>Marty</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
+    <t>Christopher V</t>
+  </si>
+  <si>
     <t>Jeremy</t>
   </si>
   <si>
     <t>Willie</t>
   </si>
   <si>
     <t>Mitchell</t>
   </si>
   <si>
     <t>Bettsy</t>
   </si>
   <si>
     <t>Varna</t>
   </si>
   <si>
     <t>Mizereck</t>
   </si>
   <si>
     <t>Kathryn</t>
   </si>
   <si>
     <t>Money</t>
   </si>
   <si>
     <t>Tonya</t>
   </si>
   <si>
     <t>Moody</t>
   </si>
   <si>
     <t>Jacqueline</t>
   </si>
   <si>
     <t>Morales Rodriguez</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
+    <t>Morancy</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>Dustin</t>
   </si>
   <si>
     <t>Morris</t>
   </si>
   <si>
     <t>Ashira</t>
   </si>
   <si>
     <t>Morrow</t>
   </si>
   <si>
     <t>Sydney</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Myers</t>
   </si>
   <si>
     <t>Olivia</t>
   </si>
   <si>
-    <t>Nelson</t>
-[...4 lines deleted...]
-  <si>
     <t>Newman</t>
   </si>
   <si>
     <t>Noble</t>
   </si>
   <si>
     <t>Lyndsie</t>
   </si>
   <si>
     <t>Nobles</t>
   </si>
   <si>
     <t>Nortelus</t>
   </si>
   <si>
+    <t>O`Quinn</t>
+  </si>
+  <si>
     <t>Oberste</t>
   </si>
   <si>
     <t>Davidson</t>
   </si>
   <si>
     <t>Ogletree</t>
   </si>
   <si>
     <t>Nia</t>
   </si>
   <si>
     <t>Osgood</t>
   </si>
   <si>
     <t>Rosalind</t>
   </si>
   <si>
     <t>Oxamendi</t>
   </si>
   <si>
     <t>Pace</t>
   </si>
   <si>
     <t>Rhonda</t>
@@ -1577,89 +1592,98 @@
   <si>
     <t>Ashley</t>
   </si>
   <si>
     <t>Praytor</t>
   </si>
   <si>
     <t>Daimeun</t>
   </si>
   <si>
     <t>Proctor</t>
   </si>
   <si>
     <t>Quintero-Graxirena</t>
   </si>
   <si>
     <t>Alejandro</t>
   </si>
   <si>
     <t>Raimundo</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
+    <t>Rainer</t>
+  </si>
+  <si>
     <t>Ramba</t>
   </si>
   <si>
     <t>Megan</t>
   </si>
   <si>
     <t>Ramirez</t>
   </si>
   <si>
     <t>Johnny</t>
   </si>
   <si>
     <t>Randall</t>
   </si>
   <si>
     <t>Joyce</t>
   </si>
   <si>
     <t>Rao</t>
   </si>
   <si>
     <t>Redig</t>
   </si>
   <si>
     <t>Tamra</t>
   </si>
   <si>
     <t>Renner</t>
   </si>
   <si>
     <t>Rey</t>
   </si>
   <si>
     <t>Riba</t>
   </si>
   <si>
     <t>Mari</t>
   </si>
   <si>
+    <t>Richards</t>
+  </si>
+  <si>
+    <t>Jared</t>
+  </si>
+  <si>
     <t>Riggins</t>
   </si>
   <si>
     <t>Terrance</t>
   </si>
   <si>
     <t>Rivas</t>
   </si>
   <si>
     <t>Ariel</t>
   </si>
   <si>
     <t>Roberts</t>
   </si>
   <si>
     <t>Dawn</t>
   </si>
   <si>
     <t>Robinson</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
     <t>Roch</t>
@@ -1682,113 +1706,128 @@
   <si>
     <t>Ellen</t>
   </si>
   <si>
     <t>Juliana</t>
   </si>
   <si>
     <t>Russell</t>
   </si>
   <si>
     <t>Romant</t>
   </si>
   <si>
     <t>Amanda</t>
   </si>
   <si>
     <t>Rouson</t>
   </si>
   <si>
     <t>Ruiz</t>
   </si>
   <si>
     <t>Judith</t>
   </si>
   <si>
+    <t>Russitano</t>
+  </si>
+  <si>
+    <t>Gabriella</t>
+  </si>
+  <si>
     <t>Sabitsch</t>
   </si>
   <si>
     <t>Sadberry</t>
   </si>
   <si>
     <t>Sain</t>
   </si>
   <si>
     <t>Sanders</t>
   </si>
   <si>
     <t>Roxanne</t>
   </si>
   <si>
+    <t>Santos</t>
+  </si>
+  <si>
     <t>Savage</t>
   </si>
   <si>
     <t>Gari</t>
   </si>
   <si>
     <t>Schardl</t>
   </si>
   <si>
     <t>Schmidt</t>
   </si>
   <si>
     <t>Krista</t>
   </si>
   <si>
     <t>Schrader</t>
   </si>
   <si>
     <t>Kurt</t>
   </si>
   <si>
     <t>Schuh Harmsen</t>
   </si>
   <si>
+    <t>Schuman</t>
+  </si>
+  <si>
     <t>Kira</t>
   </si>
   <si>
     <t>Seay</t>
   </si>
   <si>
     <t>Sela</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Serge</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>Sharief</t>
   </si>
   <si>
     <t>Barbara</t>
   </si>
   <si>
+    <t>Shaw</t>
+  </si>
+  <si>
     <t>Shays</t>
   </si>
   <si>
     <t>Shettle</t>
   </si>
   <si>
     <t>Shuler</t>
   </si>
   <si>
     <t>Shumate</t>
   </si>
   <si>
     <t>Shutes</t>
   </si>
   <si>
     <t>Brittany</t>
   </si>
   <si>
     <t>Simmons</t>
   </si>
   <si>
     <t>Sherrie</t>
   </si>
   <si>
     <t>Simon</t>
@@ -1823,74 +1862,77 @@
   <si>
     <t>Somakumar</t>
   </si>
   <si>
     <t>Pradeep</t>
   </si>
   <si>
     <t>Spiers</t>
   </si>
   <si>
     <t>Spore</t>
   </si>
   <si>
     <t>Stephenson</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>Sharon</t>
   </si>
   <si>
     <t>Stokes</t>
   </si>
   <si>
+    <t>Hannah</t>
+  </si>
+  <si>
     <t>Suddes</t>
   </si>
   <si>
     <t>Sweeney</t>
   </si>
   <si>
-    <t>Taylor</t>
-[...1 lines deleted...]
-  <si>
     <t>Devonique</t>
   </si>
   <si>
     <t>Margaret</t>
   </si>
   <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>Till</t>
   </si>
   <si>
+    <t>Tolmich</t>
+  </si>
+  <si>
     <t>Toman</t>
   </si>
   <si>
     <t>Treiber</t>
   </si>
   <si>
     <t>Truenow</t>
   </si>
   <si>
     <t>Trumbull</t>
   </si>
   <si>
     <t>Tuszynski</t>
   </si>
   <si>
     <t>Tyler</t>
   </si>
   <si>
     <t>Chandra</t>
   </si>
   <si>
     <t>Underhill</t>
   </si>
   <si>
     <t>Brian</t>
@@ -1898,56 +1940,50 @@
   <si>
     <t>Urban</t>
   </si>
   <si>
     <t>Vaccaro</t>
   </si>
   <si>
     <t>Claudia</t>
   </si>
   <si>
     <t>Vaughan</t>
   </si>
   <si>
     <t>Scotti</t>
   </si>
   <si>
     <t>Velasco</t>
   </si>
   <si>
     <t>Vickers</t>
   </si>
   <si>
     <t>Bobby</t>
   </si>
   <si>
-    <t>Vilfrard</t>
-[...4 lines deleted...]
-  <si>
     <t>Villalobos</t>
   </si>
   <si>
     <t>Ana</t>
   </si>
   <si>
     <t>Vitale</t>
   </si>
   <si>
     <t>Damon</t>
   </si>
   <si>
     <t>Wadsworth</t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>Cody</t>
   </si>
   <si>
     <t>Warden</t>
   </si>
   <si>
     <t>Tatiana</t>
@@ -2010,56 +2046,50 @@
     <t>Woodard</t>
   </si>
   <si>
     <t>Levi</t>
   </si>
   <si>
     <t>Woodson</t>
   </si>
   <si>
     <t>Wright</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Wyant</t>
   </si>
   <si>
     <t>Madison</t>
   </si>
   <si>
     <t>Yarborough</t>
   </si>
   <si>
     <t>Clay</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aubree</t>
   </si>
   <si>
     <t>Zaleski</t>
   </si>
   <si>
     <t>Wendy</t>
   </si>
   <si>
     <t>Zhang</t>
   </si>
   <si>
     <t>Yuyu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00;($#,##0.00)"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color theme="1"/>
@@ -2433,51 +2463,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D417"/>
+  <dimension ref="A1:D426"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.952381" customWidth="1"/>
     <col min="2" max="2" width="28.190475" customWidth="1"/>
     <col min="3" max="3" width="28.952381" customWidth="1"/>
     <col min="4" max="4" width="16.761906" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -2694,4380 +2724,4479 @@
         <v>39</v>
       </c>
       <c r="C21" s="4">
         <v>91896.0</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="4">
         <v>46356.0</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="4">
-        <v>73932.0</v>
+        <v>117720.0</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="4">
-        <v>117720.0</v>
+        <v>58620.0</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C25" s="4">
-        <v>58620.0</v>
+        <v>73272.0</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="4">
-        <v>73272.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="4">
-        <v>29697.0</v>
+        <v>38004.0</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="4">
-        <v>38004.0</v>
+        <v>150492.0</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="C30" s="4">
-        <v>150492.0</v>
+        <v>209892.0</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="C31" s="4">
-        <v>209892.0</v>
+        <v>115572.0</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="4">
-        <v>115572.0</v>
+        <v>102516.0</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="4">
-        <v>102516.0</v>
+        <v>67080.0</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="4">
-        <v>67080.0</v>
+        <v>119172.0</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="4">
-        <v>119172.0</v>
+        <v>82056.0</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="4">
-        <v>82056.0</v>
+        <v>50484.0</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="4">
-        <v>50484.0</v>
+        <v>138876.0</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="4">
-        <v>138876.0</v>
+        <v>34224.0</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="4">
-        <v>34224.0</v>
+        <v>53472.0</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="C40" s="4">
-        <v>53472.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="4">
-        <v>29697.0</v>
+        <v>43896.0</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C42" s="4">
-        <v>43896.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C43" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C44" s="4">
-        <v>29697.0</v>
+        <v>52392.0</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C45" s="4">
-        <v>52392.0</v>
+        <v>122136.0</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C46" s="4">
-        <v>122136.0</v>
+        <v>108984.0</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C47" s="4">
-        <v>108984.0</v>
+        <v>69084.0</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C48" s="4">
-        <v>69084.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C49" s="4">
-        <v>46356.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C50" s="4">
-        <v>29697.0</v>
+        <v>157524.0</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="4">
-        <v>157524.0</v>
+        <v>35820.0</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C52" s="4">
-        <v>35820.0</v>
+        <v>110340.0</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C53" s="4">
-        <v>110340.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C54" s="4">
-        <v>56268.0</v>
+        <v>56280.0</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="C55" s="4">
-        <v>56280.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="4">
-        <v>29697.0</v>
+        <v>78204.0</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="4">
-        <v>78204.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C58" s="4">
-        <v>29697.0</v>
+        <v>89280.0</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C59" s="4">
-        <v>89280.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C60" s="4">
-        <v>29697.0</v>
+        <v>170904.0</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C61" s="4">
-        <v>170904.0</v>
+        <v>54060.0</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C62" s="4">
-        <v>54060.0</v>
+        <v>63876.0</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C63" s="4">
-        <v>63876.0</v>
+        <v>64944.0</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="C64" s="4">
-        <v>64944.0</v>
+        <v>68508.0</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="3" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C65" s="4">
-        <v>68508.0</v>
+        <v>74400.0</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="C66" s="4">
-        <v>74400.0</v>
+        <v>94728.0</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C67" s="4">
-        <v>48792.0</v>
+        <v>113124.0</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C68" s="4">
-        <v>94728.0</v>
+        <v>64728.0</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C69" s="4">
-        <v>113124.0</v>
+        <v>98028.0</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C70" s="4">
-        <v>64728.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C71" s="4">
-        <v>98028.0</v>
+        <v>141192.0</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C72" s="4">
-        <v>46356.0</v>
+        <v>68304.0</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="C73" s="4">
-        <v>141192.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
       <c r="C74" s="4">
-        <v>68304.0</v>
+        <v>73164.0</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="C75" s="4">
-        <v>165000.0</v>
+        <v>65724.0</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="4">
-        <v>73164.0</v>
+        <v>50964.0</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C77" s="4">
-        <v>65724.0</v>
+        <v>56004.0</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C78" s="4">
-        <v>50964.0</v>
+        <v>113184.0</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C79" s="4">
-        <v>56004.0</v>
+        <v>48624.0</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C80" s="4">
-        <v>113184.0</v>
+        <v>56796.0</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C81" s="4">
-        <v>48624.0</v>
+        <v>70008.0</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C82" s="4">
-        <v>56796.0</v>
+        <v>47640.0</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C83" s="4">
-        <v>70008.0</v>
+        <v>71412.0</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C84" s="4">
-        <v>46248.0</v>
+        <v>51108.0</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>153</v>
+        <v>69</v>
       </c>
       <c r="C85" s="4">
-        <v>71412.0</v>
+        <v>91800.0</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="C86" s="4">
-        <v>91800.0</v>
+        <v>60000.0</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>45</v>
+        <v>156</v>
       </c>
       <c r="C87" s="4">
-        <v>60000.0</v>
+        <v>66120.0</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C88" s="4">
-        <v>66120.0</v>
+        <v>96132.0</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C89" s="4">
-        <v>96132.0</v>
+        <v>113652.0</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C90" s="4">
-        <v>113652.0</v>
+        <v>99264.0</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C91" s="4">
-        <v>99264.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C92" s="4">
-        <v>29697.0</v>
+        <v>56808.0</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C93" s="4">
-        <v>56808.0</v>
+        <v>71724.0</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C94" s="4">
-        <v>71724.0</v>
+        <v>43896.0</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C95" s="4">
-        <v>43896.0</v>
+        <v>66312.0</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C96" s="4">
-        <v>66312.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C97" s="4">
-        <v>29697.0</v>
+        <v>63708.0</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C98" s="4">
-        <v>63708.0</v>
+        <v>47364.0</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>43</v>
+        <v>177</v>
       </c>
       <c r="C99" s="4">
-        <v>47364.0</v>
+        <v>64056.0</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C100" s="4">
-        <v>64056.0</v>
+        <v>57000.0</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C101" s="4">
-        <v>57000.0</v>
+        <v>94716.0</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C102" s="4">
-        <v>86100.0</v>
+        <v>47364.0</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C103" s="4">
-        <v>47364.0</v>
+        <v>67464.0</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="C104" s="4">
-        <v>67464.0</v>
+        <v>142056.0</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="C105" s="4">
-        <v>142056.0</v>
+        <v>166788.0</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>188</v>
+        <v>26</v>
       </c>
       <c r="C106" s="4">
-        <v>166788.0</v>
+        <v>170448.0</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>26</v>
+        <v>191</v>
       </c>
       <c r="C107" s="4">
-        <v>170448.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C108" s="4">
-        <v>165000.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C109" s="4">
-        <v>63876.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C110" s="4">
-        <v>67152.0</v>
+        <v>63876.0</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C111" s="4">
-        <v>95004.0</v>
+        <v>67152.0</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="C112" s="4">
-        <v>127464.0</v>
+        <v>95004.0</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="C113" s="4">
-        <v>64500.0</v>
+        <v>127464.0</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="3" t="s">
-        <v>91</v>
+        <v>203</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C114" s="4">
-        <v>53400.0</v>
+        <v>64500.0</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C115" s="4">
         <v>48624.0</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C116" s="4">
         <v>72000.0</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C117" s="4">
         <v>57888.0</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="3" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C118" s="4">
         <v>35712.0</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C119" s="4">
         <v>48624.0</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C120" s="4">
         <v>76332.0</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C121" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C122" s="4">
         <v>55560.0</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C123" s="4">
         <v>82884.0</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C124" s="4">
         <v>110172.0</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C125" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C126" s="4">
         <v>51108.0</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C127" s="4">
         <v>56268.0</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C128" s="4">
         <v>55104.0</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C129" s="4">
         <v>98820.0</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C130" s="4">
         <v>132384.0</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C131" s="4">
         <v>132768.0</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C132" s="4">
         <v>99264.0</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C133" s="4">
         <v>94320.0</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C134" s="4">
         <v>94980.0</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C135" s="4">
         <v>47364.0</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C136" s="4">
         <v>47364.0</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C137" s="4">
         <v>87792.0</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C138" s="4">
         <v>98100.0</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C139" s="4">
         <v>74712.0</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C140" s="4">
         <v>57804.0</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C142" s="4">
-        <v>70008.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C143" s="4">
-        <v>85476.0</v>
+        <v>70008.0</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C144" s="4">
-        <v>90060.0</v>
+        <v>85476.0</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>131</v>
+        <v>262</v>
       </c>
       <c r="C145" s="4">
-        <v>115584.0</v>
+        <v>99060.0</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>260</v>
+        <v>128</v>
       </c>
       <c r="C146" s="4">
-        <v>58164.0</v>
+        <v>115584.0</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C147" s="4">
-        <v>55188.0</v>
+        <v>58164.0</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C148" s="4">
-        <v>113472.0</v>
+        <v>55188.0</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>232</v>
+        <v>269</v>
       </c>
       <c r="C149" s="4">
-        <v>29697.0</v>
+        <v>113472.0</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="C150" s="4">
-        <v>65760.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C151" s="4">
-        <v>55308.0</v>
+        <v>65760.0</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C152" s="4">
         <v>52140.0</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C153" s="4">
         <v>80340.0</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C154" s="4">
         <v>94716.0</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C155" s="4">
         <v>109248.0</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C156" s="4">
         <v>112092.0</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C157" s="4">
         <v>42612.0</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C158" s="4">
         <v>81180.0</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C159" s="4">
         <v>150492.0</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C160" s="4">
         <v>35712.0</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C161" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C162" s="4">
         <v>95292.0</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="3" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C163" s="4">
         <v>60228.0</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C164" s="4">
         <v>106092.0</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>43</v>
+        <v>175</v>
       </c>
       <c r="C165" s="4">
         <v>117708.0</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>296</v>
+        <v>175</v>
       </c>
       <c r="C166" s="4">
-        <v>52332.0</v>
+        <v>72228.0</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C167" s="4">
-        <v>79560.0</v>
+        <v>50856.0</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>43</v>
+        <v>302</v>
       </c>
       <c r="C168" s="4">
-        <v>68784.0</v>
+        <v>80004.0</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C169" s="4">
-        <v>50856.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C170" s="4">
-        <v>55008.0</v>
+        <v>39792.0</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C171" s="4">
-        <v>39792.0</v>
+        <v>33180.0</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="3" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C172" s="4">
-        <v>33180.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C173" s="4">
-        <v>46356.0</v>
+        <v>84060.0</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C174" s="4">
-        <v>84060.0</v>
+        <v>84048.0</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>312</v>
+        <v>201</v>
       </c>
       <c r="C175" s="4">
-        <v>84048.0</v>
+        <v>107100.0</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>197</v>
+        <v>316</v>
       </c>
       <c r="C176" s="4">
-        <v>107100.0</v>
+        <v>89544.0</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>315</v>
+        <v>249</v>
       </c>
       <c r="C177" s="4">
-        <v>89544.0</v>
+        <v>72504.0</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>246</v>
+        <v>319</v>
       </c>
       <c r="C178" s="4">
-        <v>72504.0</v>
+        <v>74124.0</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C179" s="4">
-        <v>74124.0</v>
+        <v>55380.0</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C180" s="4">
-        <v>55380.0</v>
+        <v>67380.0</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C181" s="4">
-        <v>67380.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="3" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>324</v>
+        <v>195</v>
       </c>
       <c r="C182" s="4">
-        <v>29697.0</v>
+        <v>110352.0</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>191</v>
+        <v>79</v>
       </c>
       <c r="C183" s="4">
-        <v>110352.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>81</v>
+        <v>269</v>
       </c>
       <c r="C184" s="4">
-        <v>165000.0</v>
+        <v>69516.0</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>264</v>
+        <v>330</v>
       </c>
       <c r="C185" s="4">
-        <v>69516.0</v>
+        <v>65880.0</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C186" s="4">
-        <v>65880.0</v>
+        <v>149652.0</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>331</v>
+        <v>15</v>
       </c>
       <c r="C187" s="4">
-        <v>149652.0</v>
+        <v>133248.0</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>15</v>
+        <v>267</v>
       </c>
       <c r="C188" s="4">
-        <v>133248.0</v>
+        <v>76536.0</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>262</v>
+        <v>336</v>
       </c>
       <c r="C189" s="4">
-        <v>76536.0</v>
+        <v>51108.0</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C190" s="4">
-        <v>51108.0</v>
+        <v>75792.0</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C191" s="4">
-        <v>75792.0</v>
+        <v>99108.0</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C192" s="4">
-        <v>99108.0</v>
+        <v>73932.0</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C193" s="4">
-        <v>84060.0</v>
+        <v>84108.0</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="3" t="s">
-        <v>341</v>
+        <v>201</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>342</v>
+        <v>223</v>
       </c>
       <c r="C194" s="4">
-        <v>73932.0</v>
+        <v>47364.0</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C195" s="4">
-        <v>84108.0</v>
+        <v>115992.0</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="3" t="s">
-        <v>197</v>
+        <v>344</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>220</v>
+        <v>45</v>
       </c>
       <c r="C196" s="4">
-        <v>47364.0</v>
+        <v>87372.0</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>346</v>
+        <v>144</v>
       </c>
       <c r="C197" s="4">
-        <v>115992.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>47</v>
+        <v>347</v>
       </c>
       <c r="C198" s="4">
-        <v>87372.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>147</v>
+        <v>349</v>
       </c>
       <c r="C199" s="4">
-        <v>165000.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>348</v>
+        <v>24</v>
       </c>
       <c r="C200" s="4">
-        <v>29697.0</v>
+        <v>81240.0</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>350</v>
+        <v>201</v>
       </c>
       <c r="C201" s="4">
-        <v>56268.0</v>
+        <v>39792.0</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="C202" s="4">
-        <v>81240.0</v>
+        <v>53064.0</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>197</v>
+        <v>354</v>
       </c>
       <c r="C203" s="4">
-        <v>39792.0</v>
+        <v>96228.0</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>183</v>
+        <v>26</v>
       </c>
       <c r="C204" s="4">
-        <v>53064.0</v>
+        <v>96240.0</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>355</v>
+        <v>169</v>
       </c>
       <c r="C205" s="4">
-        <v>96228.0</v>
+        <v>82644.0</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>26</v>
+        <v>358</v>
       </c>
       <c r="C206" s="4">
-        <v>96240.0</v>
+        <v>163236.0</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>170</v>
+        <v>360</v>
       </c>
       <c r="C207" s="4">
-        <v>82644.0</v>
+        <v>122400.0</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="3" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C208" s="4">
-        <v>163236.0</v>
+        <v>145908.0</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="3" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="C209" s="4">
-        <v>122400.0</v>
+        <v>131496.0</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C210" s="4">
-        <v>145908.0</v>
+        <v>73776.0</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>21</v>
+        <v>367</v>
       </c>
       <c r="C211" s="4">
-        <v>131496.0</v>
+        <v>104940.0</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>366</v>
+        <v>249</v>
       </c>
       <c r="C212" s="4">
-        <v>73776.0</v>
+        <v>71412.0</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>368</v>
+        <v>45</v>
       </c>
       <c r="C213" s="4">
-        <v>104940.0</v>
+        <v>64488.0</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>246</v>
+        <v>371</v>
       </c>
       <c r="C214" s="4">
-        <v>71412.0</v>
+        <v>142008.0</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="C215" s="4">
-        <v>64488.0</v>
+        <v>47364.0</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C216" s="4">
-        <v>142008.0</v>
+        <v>59676.0</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>170</v>
+        <v>376</v>
       </c>
       <c r="C217" s="4">
-        <v>47364.0</v>
+        <v>87528.0</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="3" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="C218" s="4">
-        <v>59676.0</v>
+        <v>74880.0</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="3" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>377</v>
+        <v>69</v>
       </c>
       <c r="C219" s="4">
-        <v>87528.0</v>
+        <v>52644.0</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>346</v>
+        <v>380</v>
       </c>
       <c r="C220" s="4">
-        <v>74880.0</v>
+        <v>63876.0</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="C221" s="4">
-        <v>52644.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C222" s="4">
-        <v>63876.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>133</v>
+        <v>385</v>
       </c>
       <c r="C223" s="4">
-        <v>29697.0</v>
+        <v>108228.0</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="3" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C224" s="4">
-        <v>165000.0</v>
+        <v>110172.0</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>386</v>
+        <v>195</v>
       </c>
       <c r="C225" s="4">
-        <v>108228.0</v>
+        <v>89316.0</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>388</v>
+        <v>87</v>
       </c>
       <c r="C226" s="4">
-        <v>110172.0</v>
+        <v>108984.0</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>191</v>
+        <v>391</v>
       </c>
       <c r="C227" s="4">
-        <v>89316.0</v>
+        <v>48624.0</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>89</v>
+        <v>393</v>
       </c>
       <c r="C228" s="4">
-        <v>108984.0</v>
+        <v>55656.0</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C229" s="4">
-        <v>48624.0</v>
+        <v>67104.0</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="3" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C230" s="4">
-        <v>55656.0</v>
+        <v>87936.0</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C231" s="4">
-        <v>67104.0</v>
+        <v>50376.0</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="3" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C232" s="4">
-        <v>87936.0</v>
+        <v>217488.0</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="3" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>400</v>
+        <v>243</v>
       </c>
       <c r="C233" s="4">
-        <v>50376.0</v>
+        <v>72996.0</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="C234" s="4">
-        <v>217488.0</v>
+        <v>58068.0</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>240</v>
+        <v>405</v>
       </c>
       <c r="C235" s="4">
-        <v>72996.0</v>
+        <v>52008.0</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>26</v>
+        <v>407</v>
       </c>
       <c r="C236" s="4">
-        <v>58068.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C237" s="4">
-        <v>52008.0</v>
+        <v>72228.0</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C238" s="4">
-        <v>29697.0</v>
+        <v>41604.0</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C239" s="4">
-        <v>68784.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C240" s="4">
         <v>158004.0</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="3" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C241" s="4">
         <v>52332.0</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="3" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C242" s="4">
         <v>42612.0</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="3" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C243" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="3" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C244" s="4">
         <v>29697.0</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C245" s="4">
         <v>86592.0</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C246" s="4">
         <v>126456.0</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C247" s="4">
         <v>89844.0</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="3" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C248" s="4">
         <v>47364.0</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="3" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C249" s="4">
         <v>143184.0</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C250" s="4">
         <v>91956.0</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="3" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C251" s="4">
         <v>48624.0</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="3" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C252" s="4">
         <v>156720.0</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C253" s="4">
         <v>77244.0</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="3" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="C254" s="4">
         <v>209892.0</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="3" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C255" s="4">
         <v>75864.0</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="3" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C256" s="4">
-        <v>65892.0</v>
+        <v>55692.0</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="3" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C257" s="4">
-        <v>65760.0</v>
+        <v>65892.0</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C258" s="4">
-        <v>99828.0</v>
+        <v>65760.0</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C259" s="4">
-        <v>48588.0</v>
+        <v>99828.0</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C260" s="4">
-        <v>175008.0</v>
+        <v>48588.0</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C261" s="4">
-        <v>172164.0</v>
+        <v>175008.0</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C262" s="4">
-        <v>102516.0</v>
+        <v>172164.0</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C263" s="4">
-        <v>47616.0</v>
+        <v>102516.0</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C264" s="4">
-        <v>84960.0</v>
+        <v>47616.0</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="3" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C265" s="4">
-        <v>57000.0</v>
+        <v>47616.0</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>195</v>
+        <v>460</v>
       </c>
       <c r="C266" s="4">
-        <v>50520.0</v>
+        <v>84960.0</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C267" s="4">
-        <v>33180.0</v>
+        <v>57000.0</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="C268" s="4">
-        <v>39792.0</v>
+        <v>50520.0</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C269" s="4">
-        <v>55008.0</v>
+        <v>33180.0</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="3" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>463</v>
+        <v>15</v>
       </c>
       <c r="C270" s="4">
-        <v>78708.0</v>
+        <v>39792.0</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>13</v>
+        <v>467</v>
       </c>
       <c r="C271" s="4">
-        <v>45900.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="3" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="C272" s="4">
-        <v>58008.0</v>
+        <v>45900.0</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>21</v>
+        <v>470</v>
       </c>
       <c r="C273" s="4">
-        <v>116712.0</v>
+        <v>58008.0</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="C274" s="4">
-        <v>135204.0</v>
+        <v>116712.0</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>470</v>
+        <v>57</v>
       </c>
       <c r="C275" s="4">
-        <v>47364.0</v>
+        <v>135204.0</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>472</v>
+        <v>354</v>
       </c>
       <c r="C276" s="4">
-        <v>42612.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C277" s="4">
-        <v>29697.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>143</v>
+        <v>477</v>
       </c>
       <c r="C278" s="4">
-        <v>110328.0</v>
+        <v>42612.0</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C279" s="4">
-        <v>102336.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>479</v>
+        <v>140</v>
       </c>
       <c r="C280" s="4">
-        <v>63864.0</v>
+        <v>110328.0</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C281" s="4">
-        <v>102288.0</v>
+        <v>102336.0</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C282" s="4">
-        <v>56268.0</v>
+        <v>63864.0</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C283" s="4">
-        <v>102612.0</v>
+        <v>102288.0</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C284" s="4">
-        <v>90984.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>220</v>
+        <v>490</v>
       </c>
       <c r="C285" s="4">
-        <v>29697.0</v>
+        <v>102612.0</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C286" s="4">
-        <v>49692.0</v>
+        <v>90984.0</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>454</v>
+        <v>223</v>
       </c>
       <c r="C287" s="4">
-        <v>112212.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C288" s="4">
-        <v>32004.0</v>
+        <v>49692.0</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>406</v>
+        <v>460</v>
       </c>
       <c r="C289" s="4">
-        <v>48732.0</v>
+        <v>112212.0</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C290" s="4">
-        <v>71580.0</v>
+        <v>32004.0</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>497</v>
+        <v>405</v>
       </c>
       <c r="C291" s="4">
-        <v>90696.0</v>
+        <v>48732.0</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="C292" s="4">
-        <v>160200.0</v>
+        <v>71580.0</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C293" s="4">
-        <v>61200.0</v>
+        <v>90696.0</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>502</v>
+        <v>454</v>
       </c>
       <c r="C294" s="4">
-        <v>57252.0</v>
+        <v>160200.0</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="C295" s="4">
-        <v>103008.0</v>
+        <v>61200.0</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C296" s="4">
-        <v>47364.0</v>
+        <v>57252.0</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>507</v>
+        <v>15</v>
       </c>
       <c r="C297" s="4">
-        <v>29697.0</v>
+        <v>103008.0</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C298" s="4">
-        <v>29697.0</v>
+        <v>60000.0</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>286</v>
+        <v>512</v>
       </c>
       <c r="C299" s="4">
-        <v>99816.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C300" s="4">
-        <v>43896.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>514</v>
+        <v>289</v>
       </c>
       <c r="C301" s="4">
-        <v>92040.0</v>
+        <v>99816.0</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>188</v>
+        <v>517</v>
       </c>
       <c r="C302" s="4">
-        <v>110340.0</v>
+        <v>43896.0</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C303" s="4">
-        <v>51108.0</v>
+        <v>92040.0</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>519</v>
+        <v>188</v>
       </c>
       <c r="C304" s="4">
-        <v>69372.0</v>
+        <v>110340.0</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C305" s="4">
-        <v>79056.0</v>
+        <v>51108.0</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C306" s="4">
-        <v>96480.0</v>
+        <v>69372.0</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>525</v>
+        <v>212</v>
       </c>
       <c r="C307" s="4">
-        <v>55008.0</v>
+        <v>94560.0</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>450</v>
+        <v>527</v>
       </c>
       <c r="C308" s="4">
-        <v>63252.0</v>
+        <v>79056.0</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="3" t="s">
-        <v>69</v>
+        <v>528</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>236</v>
+        <v>529</v>
       </c>
       <c r="C309" s="4">
-        <v>94212.0</v>
+        <v>96480.0</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>278</v>
+        <v>531</v>
       </c>
       <c r="C310" s="4">
-        <v>96096.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>528</v>
+        <v>454</v>
       </c>
       <c r="C311" s="4">
-        <v>82056.0</v>
+        <v>63252.0</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="3" t="s">
-        <v>529</v>
+        <v>67</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>81</v>
+        <v>239</v>
       </c>
       <c r="C312" s="4">
-        <v>103032.0</v>
+        <v>94212.0</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>452</v>
+        <v>281</v>
       </c>
       <c r="C313" s="4">
-        <v>165000.0</v>
+        <v>96096.0</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C314" s="4">
-        <v>82644.0</v>
+        <v>82056.0</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>534</v>
+        <v>79</v>
       </c>
       <c r="C315" s="4">
-        <v>52956.0</v>
+        <v>103032.0</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>536</v>
+        <v>456</v>
       </c>
       <c r="C316" s="4">
-        <v>54072.0</v>
+        <v>165000.0</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>538</v>
       </c>
       <c r="C317" s="4">
-        <v>152688.0</v>
+        <v>82644.0</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>346</v>
+        <v>540</v>
       </c>
       <c r="C318" s="4">
-        <v>70692.0</v>
+        <v>58008.0</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C319" s="4">
-        <v>54648.0</v>
+        <v>52956.0</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>119</v>
+        <v>544</v>
       </c>
       <c r="C320" s="4">
-        <v>55008.0</v>
+        <v>54072.0</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C321" s="4">
-        <v>75348.0</v>
+        <v>152688.0</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>87</v>
+        <v>345</v>
       </c>
       <c r="C322" s="4">
-        <v>84060.0</v>
+        <v>70692.0</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="3" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C323" s="4">
-        <v>29697.0</v>
+        <v>54648.0</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>547</v>
+        <v>117</v>
       </c>
       <c r="C324" s="4">
-        <v>141564.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="3" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C325" s="4">
-        <v>79560.0</v>
+        <v>75348.0</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="3" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>549</v>
+        <v>85</v>
       </c>
       <c r="C326" s="4">
-        <v>69096.0</v>
+        <v>84060.0</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C327" s="4">
-        <v>70260.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>342</v>
+        <v>555</v>
       </c>
       <c r="C328" s="4">
-        <v>29697.0</v>
+        <v>141564.0</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C329" s="4">
-        <v>82620.0</v>
+        <v>79560.0</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="3" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>95</v>
+        <v>557</v>
       </c>
       <c r="C330" s="4">
-        <v>92412.0</v>
+        <v>69096.0</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>26</v>
+        <v>559</v>
       </c>
       <c r="C331" s="4">
-        <v>196404.0</v>
+        <v>70260.0</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>509</v>
+        <v>341</v>
       </c>
       <c r="C332" s="4">
-        <v>60012.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C333" s="4">
-        <v>74184.0</v>
+        <v>82620.0</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C334" s="4">
-        <v>55008.0</v>
+        <v>65004.0</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>220</v>
+        <v>93</v>
       </c>
       <c r="C335" s="4">
-        <v>75252.0</v>
+        <v>92412.0</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="3" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>564</v>
+        <v>26</v>
       </c>
       <c r="C336" s="4">
-        <v>56268.0</v>
+        <v>196404.0</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>566</v>
+        <v>514</v>
       </c>
       <c r="C337" s="4">
-        <v>99828.0</v>
+        <v>60012.0</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>246</v>
+        <v>569</v>
       </c>
       <c r="C338" s="4">
-        <v>111096.0</v>
+        <v>74184.0</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="3" t="s">
-        <v>322</v>
+        <v>570</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>568</v>
+        <v>35</v>
       </c>
       <c r="C339" s="4">
-        <v>121728.0</v>
+        <v>52368.0</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>197</v>
+        <v>572</v>
       </c>
       <c r="C340" s="4">
-        <v>135276.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>571</v>
+        <v>223</v>
       </c>
       <c r="C341" s="4">
-        <v>55008.0</v>
+        <v>75252.0</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="3" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C342" s="4">
-        <v>55068.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C343" s="4">
-        <v>29697.0</v>
+        <v>99828.0</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="3" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>448</v>
+        <v>249</v>
       </c>
       <c r="C344" s="4">
-        <v>96540.0</v>
+        <v>111096.0</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="C345" s="4">
-        <v>167364.0</v>
+        <v>86004.0</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="3" t="s">
-        <v>578</v>
+        <v>323</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>59</v>
+        <v>580</v>
       </c>
       <c r="C346" s="4">
-        <v>100680.0</v>
+        <v>121728.0</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="3" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>346</v>
+        <v>201</v>
       </c>
       <c r="C347" s="4">
-        <v>83604.0</v>
+        <v>135276.0</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="3" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C348" s="4">
-        <v>78804.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>159</v>
+        <v>585</v>
       </c>
       <c r="C349" s="4">
-        <v>60000.0</v>
+        <v>55068.0</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="3" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="C350" s="4">
-        <v>48024.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="3" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>585</v>
+        <v>458</v>
       </c>
       <c r="C351" s="4">
-        <v>29697.0</v>
+        <v>58008.0</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="3" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>543</v>
+        <v>452</v>
       </c>
       <c r="C352" s="4">
-        <v>70404.0</v>
+        <v>96540.0</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="3" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>587</v>
+        <v>201</v>
       </c>
       <c r="C353" s="4">
-        <v>136596.0</v>
+        <v>167364.0</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>452</v>
+        <v>57</v>
       </c>
       <c r="C354" s="4">
-        <v>29697.0</v>
+        <v>100680.0</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="3" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="C355" s="4">
-        <v>94560.0</v>
+        <v>83604.0</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="3" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="C356" s="4">
-        <v>51000.0</v>
+        <v>78804.0</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="3" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>590</v>
+        <v>158</v>
       </c>
       <c r="C357" s="4">
-        <v>56268.0</v>
+        <v>60000.0</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="3" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C358" s="4">
-        <v>50376.0</v>
+        <v>48024.0</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="3" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C359" s="4">
-        <v>130284.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>595</v>
+        <v>551</v>
       </c>
       <c r="C360" s="4">
-        <v>97008.0</v>
+        <v>70404.0</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="C361" s="4">
-        <v>76380.0</v>
+        <v>136596.0</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="3" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>21</v>
+        <v>456</v>
       </c>
       <c r="C362" s="4">
-        <v>73944.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>543</v>
+        <v>357</v>
       </c>
       <c r="C363" s="4">
-        <v>99264.0</v>
+        <v>94560.0</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C364" s="4">
-        <v>55008.0</v>
+        <v>51000.0</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="3" t="s">
         <v>601</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>551</v>
+        <v>603</v>
       </c>
       <c r="C365" s="4">
-        <v>117072.0</v>
+        <v>56268.0</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="3" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="C366" s="4">
-        <v>69480.0</v>
+        <v>50376.0</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>320</v>
+        <v>606</v>
       </c>
       <c r="C367" s="4">
-        <v>67080.0</v>
+        <v>130284.0</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C368" s="4">
-        <v>53400.0</v>
+        <v>97008.0</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="3" t="s">
-        <v>133</v>
+        <v>609</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>606</v>
+        <v>204</v>
       </c>
       <c r="C369" s="4">
-        <v>97728.0</v>
+        <v>76380.0</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="3" t="s">
-        <v>133</v>
+        <v>610</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>607</v>
+        <v>21</v>
       </c>
       <c r="C370" s="4">
-        <v>80004.0</v>
+        <v>73944.0</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="3" t="s">
-        <v>133</v>
+        <v>611</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>177</v>
+        <v>551</v>
       </c>
       <c r="C371" s="4">
-        <v>55008.0</v>
+        <v>99264.0</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="3" t="s">
-        <v>133</v>
+        <v>612</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>133</v>
+        <v>613</v>
       </c>
       <c r="C372" s="4">
-        <v>103632.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>170</v>
+        <v>559</v>
       </c>
       <c r="C373" s="4">
-        <v>63408.0</v>
+        <v>117072.0</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="3" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>408</v>
+        <v>615</v>
       </c>
       <c r="C374" s="4">
-        <v>70404.0</v>
+        <v>65004.0</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>197</v>
+        <v>606</v>
       </c>
       <c r="C375" s="4">
-        <v>89832.0</v>
+        <v>69480.0</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="3" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>81</v>
+        <v>321</v>
       </c>
       <c r="C376" s="4">
-        <v>55008.0</v>
+        <v>67080.0</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="3" t="s">
-        <v>612</v>
+        <v>458</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>356</v>
+        <v>618</v>
       </c>
       <c r="C377" s="4">
-        <v>29697.0</v>
+        <v>53400.0</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="3" t="s">
-        <v>613</v>
+        <v>130</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>191</v>
+        <v>619</v>
       </c>
       <c r="C378" s="4">
-        <v>29697.0</v>
+        <v>97728.0</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="3" t="s">
-        <v>614</v>
+        <v>130</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C379" s="4">
-        <v>117072.0</v>
+        <v>80004.0</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="3" t="s">
-        <v>615</v>
+        <v>130</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>616</v>
+        <v>177</v>
       </c>
       <c r="C380" s="4">
-        <v>39720.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="3" t="s">
-        <v>617</v>
+        <v>130</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>618</v>
+        <v>130</v>
       </c>
       <c r="C381" s="4">
-        <v>123132.0</v>
+        <v>135000.0</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="3" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>512</v>
+        <v>169</v>
       </c>
       <c r="C382" s="4">
-        <v>159372.0</v>
+        <v>63408.0</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>621</v>
+        <v>407</v>
       </c>
       <c r="C383" s="4">
-        <v>102336.0</v>
+        <v>70404.0</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>623</v>
+        <v>231</v>
       </c>
       <c r="C384" s="4">
-        <v>97404.0</v>
+        <v>68004.0</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>350</v>
+        <v>201</v>
       </c>
       <c r="C385" s="4">
-        <v>46356.0</v>
+        <v>89832.0</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>626</v>
+        <v>79</v>
       </c>
       <c r="C386" s="4">
-        <v>61896.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>26</v>
+        <v>355</v>
       </c>
       <c r="C387" s="4">
-        <v>149928.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="3" t="s">
         <v>627</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>628</v>
+        <v>195</v>
       </c>
       <c r="C388" s="4">
-        <v>48624.0</v>
+        <v>29697.0</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="B389" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="B389" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" s="4">
-        <v>47364.0</v>
+        <v>117072.0</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="3" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C390" s="4">
-        <v>55008.0</v>
+        <v>39720.0</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="3" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
       <c r="C391" s="4">
-        <v>55008.0</v>
+        <v>123132.0</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="3" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>635</v>
+        <v>517</v>
       </c>
       <c r="C392" s="4">
-        <v>42984.0</v>
+        <v>159372.0</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="3" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C393" s="4">
-        <v>60000.0</v>
+        <v>102336.0</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="3" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C394" s="4">
-        <v>64440.0</v>
+        <v>97404.0</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="3" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>641</v>
+        <v>349</v>
       </c>
       <c r="C395" s="4">
-        <v>106224.0</v>
+        <v>46356.0</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="3" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>355</v>
+        <v>640</v>
       </c>
       <c r="C396" s="4">
-        <v>61200.0</v>
+        <v>61896.0</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="3" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="C397" s="4">
-        <v>75324.0</v>
+        <v>149928.0</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="3" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>320</v>
+        <v>642</v>
       </c>
       <c r="C398" s="4">
-        <v>79668.0</v>
+        <v>47364.0</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="3" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>85</v>
+        <v>644</v>
       </c>
       <c r="C399" s="4">
-        <v>161340.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="3" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>647</v>
+        <v>629</v>
       </c>
       <c r="C400" s="4">
-        <v>73560.0</v>
+        <v>55008.0</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="C401" s="4">
-        <v>62532.0</v>
+        <v>42984.0</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="B402" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B402" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" s="4">
-        <v>39792.0</v>
+        <v>60000.0</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="C403" s="4">
-        <v>54816.0</v>
+        <v>64440.0</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C404" s="4">
-        <v>53208.0</v>
+        <v>106224.0</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="3" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>117</v>
+        <v>354</v>
       </c>
       <c r="C405" s="4">
-        <v>42144.0</v>
+        <v>61200.0</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="3" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>652</v>
+        <v>380</v>
       </c>
       <c r="C406" s="4">
-        <v>98400.0</v>
+        <v>75324.0</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>654</v>
+        <v>321</v>
       </c>
       <c r="C407" s="4">
-        <v>56808.0</v>
+        <v>79668.0</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>405</v>
+        <v>83</v>
       </c>
       <c r="C408" s="4">
-        <v>124476.0</v>
+        <v>161340.0</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C409" s="4">
-        <v>87900.0</v>
+        <v>73560.0</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>388</v>
+        <v>660</v>
       </c>
       <c r="C410" s="4">
-        <v>52452.0</v>
+        <v>62532.0</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C411" s="4">
-        <v>29697.0</v>
+        <v>39792.0</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>662</v>
+        <v>69</v>
       </c>
       <c r="C412" s="4">
-        <v>71520.0</v>
+        <v>32004.0</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="3" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="C413" s="4">
-        <v>29697.0</v>
+        <v>54816.0</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="3" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="C414" s="4">
-        <v>47364.0</v>
+        <v>53208.0</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="3" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>668</v>
+        <v>115</v>
       </c>
       <c r="C415" s="4">
-        <v>50316.0</v>
+        <v>42144.0</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B416" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="C416" s="4">
+        <v>98400.0</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="C417" s="4">
+        <v>56808.0</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B418" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C418" s="4">
+        <v>124476.0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="B419" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="B416" s="3" t="s">
+      <c r="C419" s="4">
+        <v>87900.0</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="C416" s="4">
+      <c r="B420" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C420" s="4">
+        <v>52452.0</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="B421" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="C421" s="4">
+        <v>29697.0</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="B422" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="C422" s="4">
+        <v>71520.0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="B423" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="C423" s="4">
+        <v>29697.0</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="B424" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="C424" s="4">
+        <v>50316.0</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="B425" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C425" s="4">
         <v>103692.0</v>
       </c>
     </row>
-    <row r="417" spans="1:3">
-[...2 lines deleted...]
-      <c r="C417" s="6"/>
+    <row r="426" spans="1:3">
+      <c r="A426" s="5"/>
+      <c r="B426" s="5"/>
+      <c r="C426" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>